--- v0 (2025-10-26)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29b106304ab3425b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c171b16e8e4ac4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72c3a12faa9246a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21c5a156e9484482"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ca21c0e08d741ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72c3a12faa9246a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4d3d41e65f74e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21c5a156e9484482" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ViaN - Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>145,558</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,566</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>148,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>