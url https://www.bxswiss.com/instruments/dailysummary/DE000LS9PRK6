--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c171b16e8e4ac4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bcebc62cc914184" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21c5a156e9484482"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26f1df878ae74e64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4d3d41e65f74e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21c5a156e9484482" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9c0f7e7c87948b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26f1df878ae74e64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ViaN - Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>