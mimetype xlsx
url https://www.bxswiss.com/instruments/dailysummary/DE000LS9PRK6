--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bcebc62cc914184" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf00a6e1ff6494546" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26f1df878ae74e64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R258286511e294d5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9c0f7e7c87948b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26f1df878ae74e64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R319888e89fa0453b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R258286511e294d5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ViaN - Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>149,592</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>