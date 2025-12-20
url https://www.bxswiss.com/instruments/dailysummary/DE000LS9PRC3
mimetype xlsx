--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0bda17e5b594099" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662c3ebb3d534175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf5ad5d2bf884ca9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3965b454ad6742d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9cd2029b301429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf5ad5d2bf884ca9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aa086c8e6124f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3965b454ad6742d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>78,953</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>