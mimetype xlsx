--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662c3ebb3d534175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6a18babd7624828" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3965b454ad6742d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R666e2186be954311"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aa086c8e6124f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3965b454ad6742d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R233d470f8f334a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R666e2186be954311" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,298</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>