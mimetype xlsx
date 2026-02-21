--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6a18babd7624828" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f82ea04b7d478c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R666e2186be954311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R565e2e53c0c444a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R233d470f8f334a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R666e2186be954311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd88fd9db33840c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R565e2e53c0c444a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>73,890</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>