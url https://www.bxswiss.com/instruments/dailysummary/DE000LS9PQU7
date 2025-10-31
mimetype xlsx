--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4742bc138d9c4419" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64756e82e5d94a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4438825c6b05467f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bb7e2fd9ea9438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb10023558ac4fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4438825c6b05467f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeae36262e574e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bb7e2fd9ea9438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BigChances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>