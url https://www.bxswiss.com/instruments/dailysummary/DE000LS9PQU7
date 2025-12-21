--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64756e82e5d94a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4b3ff00454e40fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bb7e2fd9ea9438a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d36cb55ec134ef2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeae36262e574e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bb7e2fd9ea9438a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c46d221bd114dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d36cb55ec134ef2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BigChances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>218,767</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>