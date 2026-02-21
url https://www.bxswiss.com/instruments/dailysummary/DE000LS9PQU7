--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4b3ff00454e40fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c58100bd91c4f09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d36cb55ec134ef2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b9f15b29884c77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c46d221bd114dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d36cb55ec134ef2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd70be12579c14130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b9f15b29884c77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BigChances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>127,995</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,826</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>146,995</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>