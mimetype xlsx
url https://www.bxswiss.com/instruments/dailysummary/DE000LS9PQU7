--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c58100bd91c4f09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24960c5c1df445f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b9f15b29884c77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e5d00ee74854a57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd70be12579c14130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b9f15b29884c77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a6e0c7ec0864f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e5d00ee74854a57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BigChances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,781</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>