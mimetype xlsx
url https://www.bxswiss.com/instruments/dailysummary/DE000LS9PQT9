--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabfb37e32fe04ea4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb866285d39c4532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89b60ed2aa7f49c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd15b5d3b49b4e7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67b604586c944f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89b60ed2aa7f49c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c9f7f15445433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd15b5d3b49b4e7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>129,044</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>