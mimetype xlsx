--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb866285d39c4532" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2041d66e9d52466a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd15b5d3b49b4e7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8bce20df7324c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c9f7f15445433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd15b5d3b49b4e7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e5613addb14b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8bce20df7324c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>