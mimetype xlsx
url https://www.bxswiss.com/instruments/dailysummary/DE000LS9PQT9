--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2041d66e9d52466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea078575f5c4015" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8bce20df7324c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R769498be37ab4460"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e5613addb14b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8bce20df7324c08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R030e912fff4e463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R769498be37ab4460" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>120,504</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>