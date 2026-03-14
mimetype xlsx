--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea078575f5c4015" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb1f2bf75b674a60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R769498be37ab4460"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ded858e73014813"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R030e912fff4e463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R769498be37ab4460" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eda07d98fef4f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ded858e73014813" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>112,931</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,696</x:t>
-[...274 lines deleted...]
-          <x:t>114,183</x:t>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>