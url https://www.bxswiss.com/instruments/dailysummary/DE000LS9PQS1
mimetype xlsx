--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf7b8cc32ea468a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b5c307f1c34c11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb9378e33cff41a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19e27c1679e04843"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc58027bead54f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb9378e33cff41a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d86ad53604c444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19e27c1679e04843" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-TechGiants</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>224,702</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>