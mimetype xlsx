--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b5c307f1c34c11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re572511f0539490b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19e27c1679e04843"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5ff9ec6b46c44cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d86ad53604c444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19e27c1679e04843" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f426f53f93d43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5ff9ec6b46c44cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-TechGiants</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>