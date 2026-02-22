--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re572511f0539490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b38eb8f1b4b4b7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5ff9ec6b46c44cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15a7b4452976412b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f426f53f93d43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5ff9ec6b46c44cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6b34dfe2e75499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15a7b4452976412b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-TechGiants</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>243,232</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,490</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>250,493</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>