--- v0 (2025-11-21)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd20366ce69d14f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac03d76f42714764" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c45abe326aa4e76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra368e7f75fa74ab5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb66f2f7dc094e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c45abe326aa4e76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb5d52333bb4f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra368e7f75fa74ab5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Places to Work USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>224,797</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>