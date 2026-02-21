--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac03d76f42714764" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91b52bef47104c48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra368e7f75fa74ab5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ab37ce0003495e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb5d52333bb4f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra368e7f75fa74ab5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50b4da75dcc4973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ab37ce0003495e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Places to Work USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>236,642</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>