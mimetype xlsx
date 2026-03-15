--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91b52bef47104c48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b6c32dd6c184dcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ab37ce0003495e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea22250d954545e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50b4da75dcc4973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ab37ce0003495e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22fefd3c5cb64ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea22250d954545e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Places to Work USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,943</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>