--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdcce428e1814528" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb141b82836154845" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ffb271d55674432"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf93b7aa1ceb04474"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28f3c1d99cad4f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ffb271d55674432" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6359cf65b2af4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf93b7aa1ceb04474" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big OS and Cloud Tech Providers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>