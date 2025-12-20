--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb141b82836154845" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc3155487174471" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf93b7aa1ceb04474"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68782a77e64a44af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6359cf65b2af4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf93b7aa1ceb04474" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b1b2f8ccbcb49b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68782a77e64a44af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big OS and Cloud Tech Providers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>307,185</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>