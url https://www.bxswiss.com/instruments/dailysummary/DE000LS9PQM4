--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc3155487174471" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfa3e435bd434b47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68782a77e64a44af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3df55f4c14bb4253"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b1b2f8ccbcb49b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68782a77e64a44af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9ca47d9936f4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3df55f4c14bb4253" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big OS and Cloud Tech Providers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>