--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfa3e435bd434b47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e32fbd0687b4e37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3df55f4c14bb4253"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ac5553b447e4fb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9ca47d9936f4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3df55f4c14bb4253" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra542d8a6319a456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ac5553b447e4fb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big OS and Cloud Tech Providers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>329,805</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>