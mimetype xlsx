--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e32fbd0687b4e37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb75800fd7ea46e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ac5553b447e4fb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0418d81ea2f64484"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra542d8a6319a456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ac5553b447e4fb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc61675317bd7422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0418d81ea2f64484" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big OS and Cloud Tech Providers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>