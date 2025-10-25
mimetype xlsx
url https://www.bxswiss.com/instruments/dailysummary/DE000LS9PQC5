--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re59553f9f92746d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f68593406d1405b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29513825d0be4160"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2891887a3a5c4d4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86bd7b491f9649e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29513825d0be4160" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a08356aa4264e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2891887a3a5c4d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Werte - Top Picks J</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>91,547</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,531</x:t>
-[...335 lines deleted...]
-          <x:t>89,898</x:t>
+          <x:t>90,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,740</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>91,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>