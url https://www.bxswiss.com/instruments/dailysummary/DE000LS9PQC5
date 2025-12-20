--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f68593406d1405b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0601776a6f54565" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2891887a3a5c4d4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd1c119d82b443a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a08356aa4264e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2891887a3a5c4d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5898eecec814274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd1c119d82b443a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Werte - Top Picks J</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>94,669</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,582</x:t>
-[...377 lines deleted...]
-          <x:t>92,986</x:t>
+          <x:t>92,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>