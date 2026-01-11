--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0601776a6f54565" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a26f9fab10e4721" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd1c119d82b443a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a95b7a7cc244ee0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5898eecec814274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd1c119d82b443a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14a9bba7373b4823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a95b7a7cc244ee0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Werte - Top Picks J</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,74 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,145</x:t>
@@ -791,31 +279,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>