--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a26f9fab10e4721" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd15ac673f79a4454" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a95b7a7cc244ee0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3e5fc85e8864cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14a9bba7373b4823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a95b7a7cc244ee0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R186b38ea4f5d477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3e5fc85e8864cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Werte - Top Picks J</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,404 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...275 lines deleted...]
-          <x:t>93,672</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,548</x:t>
-[...85 lines deleted...]
-          <x:t>95,422</x:t>
+          <x:t>91,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>