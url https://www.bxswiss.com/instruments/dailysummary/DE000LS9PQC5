--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd15ac673f79a4454" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60d32e379f914b95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3e5fc85e8864cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfca464c5ff294497"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R186b38ea4f5d477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3e5fc85e8864cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra455f34e643741a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfca464c5ff294497" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Werte - Top Picks J</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>89,509</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,509</x:t>
-[...274 lines deleted...]
-          <x:t>90,688</x:t>
+          <x:t>88,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>