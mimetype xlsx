--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f5e111df7ef467e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18979a2278274d01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3617c465b0c4363"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b6c180dde74c0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60daa1a380fa4ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3617c465b0c4363" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca2263732f6465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b6c180dde74c0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SRC Mining Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,382 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>