--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18979a2278274d01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ac24d12db84e66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b6c180dde74c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3afe61115bec489b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca2263732f6465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b6c180dde74c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85929ba9710480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3afe61115bec489b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SRC Mining Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>