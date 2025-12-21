--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ac24d12db84e66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1745ca700ece4f43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3afe61115bec489b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4ecacf4133441ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85929ba9710480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3afe61115bec489b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R320ad8893f9b401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4ecacf4133441ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SRC Mining Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>159,646</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>