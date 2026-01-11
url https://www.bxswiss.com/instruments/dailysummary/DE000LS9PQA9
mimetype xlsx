--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1745ca700ece4f43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51d4769286c444c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4ecacf4133441ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c352ff8eda74ed3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R320ad8893f9b401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4ecacf4133441ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R266e253dfc0b4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c352ff8eda74ed3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SRC Mining Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>