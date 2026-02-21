--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51d4769286c444c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R068fb881de4144db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c352ff8eda74ed3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1edf019ed60c4333"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R266e253dfc0b4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c352ff8eda74ed3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d2554e8bef48de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1edf019ed60c4333" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SRC Mining Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PQA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>185,352</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>