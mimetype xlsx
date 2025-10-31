--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ddb64ae004344cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7e4bf831cc4c66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra46d8b8531024007"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32a5952e62704a01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f6913266de4725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra46d8b8531024007" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec7e6adba77d485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32a5952e62704a01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firmen mit Datenschaetzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>