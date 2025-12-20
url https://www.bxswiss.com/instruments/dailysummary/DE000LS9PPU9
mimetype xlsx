--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7e4bf831cc4c66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra85074dff82d466e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32a5952e62704a01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2c6b25559a242d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec7e6adba77d485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32a5952e62704a01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9570213918df4df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2c6b25559a242d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firmen mit Datenschaetzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>226,028</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>