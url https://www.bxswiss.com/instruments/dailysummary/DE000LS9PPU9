--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra85074dff82d466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe6e27e300b4bc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2c6b25559a242d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R230de5b577684f68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9570213918df4df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2c6b25559a242d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd126118c919e4250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R230de5b577684f68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firmen mit Datenschaetzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>