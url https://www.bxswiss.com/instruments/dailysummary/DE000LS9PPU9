--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe6e27e300b4bc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e69a19b3c44e42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R230de5b577684f68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b1d05cf9b449dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd126118c919e4250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R230de5b577684f68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f78552419a045fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b1d05cf9b449dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firmen mit Datenschaetzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>204,792</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>