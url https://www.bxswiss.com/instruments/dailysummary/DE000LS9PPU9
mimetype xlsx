--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e69a19b3c44e42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6a5c97fa9f4adb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b1d05cf9b449dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd78dc53c2a4c4f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f78552419a045fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b1d05cf9b449dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65e9617cd3984268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd78dc53c2a4c4f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firmen mit Datenschaetzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>