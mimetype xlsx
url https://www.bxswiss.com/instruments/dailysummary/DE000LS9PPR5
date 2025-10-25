--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b6c7cb180ea4747" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4e0032fe84447ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R552623c550ac422d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a05929d79e04da5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05c739b033b442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R552623c550ac422d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f32f6dfdde4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a05929d79e04da5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>North America Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>190,256</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,513</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>189,463</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>189,192</x:t>
-[...328 lines deleted...]
-          <x:t>191,405</x:t>
+          <x:t>189,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>