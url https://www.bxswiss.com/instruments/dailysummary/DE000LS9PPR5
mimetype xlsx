--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4e0032fe84447ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd63bdf6e5cf149da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a05929d79e04da5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7f72d2c029d4e2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f32f6dfdde4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a05929d79e04da5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6c2868ac4934940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7f72d2c029d4e2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>North America Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>194,088</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>