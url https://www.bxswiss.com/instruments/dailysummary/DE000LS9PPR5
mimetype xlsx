--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd63bdf6e5cf149da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fe6bc7a2a814252" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7f72d2c029d4e2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8116dac2541f4f03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6c2868ac4934940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7f72d2c029d4e2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c557d3a585c46b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8116dac2541f4f03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>North America Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>