--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fe6bc7a2a814252" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R177a5bd491b54a9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8116dac2541f4f03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57749131c85945ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c557d3a585c46b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8116dac2541f4f03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R032ac878c2584d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57749131c85945ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>North America Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>