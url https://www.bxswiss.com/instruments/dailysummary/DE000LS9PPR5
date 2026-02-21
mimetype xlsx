--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R177a5bd491b54a9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R178a385f14be44a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57749131c85945ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1d5a21df5454a98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R032ac878c2584d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57749131c85945ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a207efe99d74715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1d5a21df5454a98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>North America Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>188,722</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>