--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra72341f4655a4fb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dbee66b483a4056" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b3f9eb52174431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3da63d376aa14889"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf10dc9385ec345cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b3f9eb52174431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5948370cd3424d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3da63d376aa14889" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berliner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,918</x:t>
-[...630 lines deleted...]
-          <x:t>81,762</x:t>
+          <x:t>81,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>