--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dbee66b483a4056" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b046331c7304337" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3da63d376aa14889"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7ad7847e4de457c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5948370cd3424d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3da63d376aa14889" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd71fb4e473bc4939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7ad7847e4de457c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berliner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>79,589</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>