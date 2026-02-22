--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b046331c7304337" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4145a1842daa42f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7ad7847e4de457c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59b093d365cf4438"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd71fb4e473bc4939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7ad7847e4de457c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf467261c3304044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59b093d365cf4438" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berliner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>74,256</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>