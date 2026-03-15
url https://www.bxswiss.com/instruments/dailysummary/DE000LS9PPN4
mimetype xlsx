--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4145a1842daa42f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re70072441d3d4304" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59b093d365cf4438"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e260e23fe84be4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf467261c3304044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59b093d365cf4438" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3180b2e031e940b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e260e23fe84be4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berliner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>