--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6415b96287e94441" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58878c72fb304004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5904e1bf0184d58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea4ebe966a44fcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc297c16867c4b3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5904e1bf0184d58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd1951101b884e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea4ebe966a44fcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aussichtsreiche Nebenwerte DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,887</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>