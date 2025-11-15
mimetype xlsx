--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58878c72fb304004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4409ec69d5d414c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea4ebe966a44fcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcba3f03fc71f45fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd1951101b884e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea4ebe966a44fcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d4ac3f7ccde4b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcba3f03fc71f45fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aussichtsreiche Nebenwerte DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>112,457</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,196</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>113,689</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,330</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>