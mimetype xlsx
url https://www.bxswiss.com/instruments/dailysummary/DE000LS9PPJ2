--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4409ec69d5d414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d7fadc07b704d06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcba3f03fc71f45fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f782c59fc24f29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d4ac3f7ccde4b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcba3f03fc71f45fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77e67d54942d4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f782c59fc24f29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aussichtsreiche Nebenwerte DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...365 lines deleted...]
-          <x:t>105,104</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,280</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>103,926</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>