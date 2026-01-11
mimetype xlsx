--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d7fadc07b704d06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d9a1a7427e4d16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f782c59fc24f29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc59910e9b07c4d4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77e67d54942d4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f782c59fc24f29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R407a57a78f504d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc59910e9b07c4d4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aussichtsreiche Nebenwerte DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>