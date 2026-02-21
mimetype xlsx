--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d9a1a7427e4d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff7451d562341d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc59910e9b07c4d4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c0b7bd47e014f35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R407a57a78f504d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc59910e9b07c4d4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra39f3cf79be94ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c0b7bd47e014f35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aussichtsreiche Nebenwerte DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>114,479</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>