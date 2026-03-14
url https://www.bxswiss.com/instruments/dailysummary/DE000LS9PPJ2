--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff7451d562341d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a28c3001a4042ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c0b7bd47e014f35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdf48ca085bd4f9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra39f3cf79be94ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c0b7bd47e014f35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6bec94c694c487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdf48ca085bd4f9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aussichtsreiche Nebenwerte DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>108,336</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,232</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>107,001</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,968</x:t>
-[...274 lines deleted...]
-          <x:t>110,040</x:t>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>