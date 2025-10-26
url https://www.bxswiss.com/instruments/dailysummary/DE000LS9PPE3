--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0b0cc05ff2b4a64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcab441b168e4739" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3f8c43859694231"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b88bfbcd0b941a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a3a5eb3a2a40dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3f8c43859694231" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25881698be0f424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b88bfbcd0b941a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Energiesektor-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,457</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>