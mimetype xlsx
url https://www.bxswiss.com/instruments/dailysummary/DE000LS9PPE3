--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcab441b168e4739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd8f8863f194aa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b88bfbcd0b941a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R689980392c2b467d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25881698be0f424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b88bfbcd0b941a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bccdd26ea544fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R689980392c2b467d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Energiesektor-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>