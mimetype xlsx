--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd8f8863f194aa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0507c723a3244732" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R689980392c2b467d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R886c3d130e99487e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bccdd26ea544fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R689980392c2b467d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea58d9b84aa342c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R886c3d130e99487e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Energiesektor-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,586</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>