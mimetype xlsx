--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0507c723a3244732" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2beae6e4cf4ba1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R886c3d130e99487e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4627fc48eb0a426f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea58d9b84aa342c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R886c3d130e99487e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d48c1544af400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4627fc48eb0a426f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Energiesektor-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>122,193</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>