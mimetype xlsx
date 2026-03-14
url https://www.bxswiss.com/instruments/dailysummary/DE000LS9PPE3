--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2beae6e4cf4ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R610b888baec24a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4627fc48eb0a426f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a7482e4a3a140f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d48c1544af400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4627fc48eb0a426f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R783172abdc4d48f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a7482e4a3a140f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Energiesektor-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>