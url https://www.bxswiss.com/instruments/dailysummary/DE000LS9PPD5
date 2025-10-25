--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa9b24a1e3a64952" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf402e398b46841f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d2985c3416d4934"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a1d8f16f30b4a9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55e88fd5266049de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d2985c3416d4934" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63576c84a02418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a1d8f16f30b4a9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Risk Aversion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>136,303</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,528</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>137,078</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>