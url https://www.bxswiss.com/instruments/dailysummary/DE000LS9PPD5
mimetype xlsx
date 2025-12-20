--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf402e398b46841f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde759a606a844367" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a1d8f16f30b4a9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c8d73f4210349c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63576c84a02418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a1d8f16f30b4a9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8537be55d3124f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c8d73f4210349c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Risk Aversion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>135,221</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,942</x:t>
-[...458 lines deleted...]
-          <x:t>136,937</x:t>
+          <x:t>136,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,303</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>137,569</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>