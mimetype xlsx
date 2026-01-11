--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde759a606a844367" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa62a17753f4613" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c8d73f4210349c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80bdc3c0fe944f1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8537be55d3124f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c8d73f4210349c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8514777f4a84f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80bdc3c0fe944f1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Risk Aversion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>