--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa62a17753f4613" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R497c27a3d7dc44ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80bdc3c0fe944f1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R374a5042063f4275"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8514777f4a84f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80bdc3c0fe944f1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb31605c560aa40d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R374a5042063f4275" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Risk Aversion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,724</x:t>
-[...36 lines deleted...]
-          <x:t>142,909</x:t>
+          <x:t>142,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>