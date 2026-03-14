--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R497c27a3d7dc44ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818ea4532fe248c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R374a5042063f4275"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra73ef264ba284c0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb31605c560aa40d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R374a5042063f4275" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra334287196484c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra73ef264ba284c0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Risk Aversion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>