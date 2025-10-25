--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91e01ac0f4fb4f99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a7ba6ec0f984eaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53367c68330c4746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e32738f51a4b2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc996d0b48244050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53367c68330c4746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda0ae65c61a145b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e32738f51a4b2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock-Picking balanciert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>92,729</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,641</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>93,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,772</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>