--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a7ba6ec0f984eaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe63e0027eed4565" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e32738f51a4b2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R042d8c2a029f41b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda0ae65c61a145b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e32738f51a4b2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0de3af63f7a54403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R042d8c2a029f41b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock-Picking balanciert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>90,513</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...451 lines deleted...]
-          <x:t>96,967</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>