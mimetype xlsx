--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe63e0027eed4565" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91bddf96f197487b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R042d8c2a029f41b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5acafd505b774a3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0de3af63f7a54403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R042d8c2a029f41b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ab76ab075ca4757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5acafd505b774a3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock-Picking balanciert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>