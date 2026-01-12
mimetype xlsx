--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91bddf96f197487b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6afcec00577c4432" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5acafd505b774a3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b516086e85a4010"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ab76ab075ca4757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5acafd505b774a3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51037e33c5d44dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b516086e85a4010" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock-Picking balanciert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>