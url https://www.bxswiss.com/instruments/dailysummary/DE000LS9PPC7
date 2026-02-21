--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6afcec00577c4432" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb399781f7dad47e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b516086e85a4010"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbec6ee49d4e94be3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51037e33c5d44dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b516086e85a4010" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R675253d0429840e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbec6ee49d4e94be3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock-Picking balanciert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>89,681</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>