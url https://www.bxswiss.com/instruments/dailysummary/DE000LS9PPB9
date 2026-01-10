--- v0 (2025-11-14)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8afef6da9dc4ae4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac7cf7cb7434155" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf590a694f7454cb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd071551610437e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R890e976686ce4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf590a694f7454cb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2fff080406d4bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd071551610437e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die pragmatische Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>140,428</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>