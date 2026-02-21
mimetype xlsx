--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac7cf7cb7434155" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5a9f30067a94435" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd071551610437e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc486e9be3c214145"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2fff080406d4bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd071551610437e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radcae2d737a84e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc486e9be3c214145" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die pragmatische Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PPB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>162,169</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>