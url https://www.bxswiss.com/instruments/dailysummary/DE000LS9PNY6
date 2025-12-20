--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb9a48a03db8451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0641ca19488840eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2468a547c764bc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551466554bef4fa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f690606fcb145d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2468a547c764bc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R781d49f7bf944268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551466554bef4fa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LuxusTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>167,815</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>