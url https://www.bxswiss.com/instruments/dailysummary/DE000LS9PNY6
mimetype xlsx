--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0641ca19488840eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d966766bd5b4df2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551466554bef4fa8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra753e884d9f7494f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R781d49f7bf944268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551466554bef4fa8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ef5e01b3664a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra753e884d9f7494f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LuxusTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,635 +149,203 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>159,347</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...560 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,276</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>