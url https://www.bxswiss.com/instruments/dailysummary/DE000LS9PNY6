--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d966766bd5b4df2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b32dfbfb2bd41d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra753e884d9f7494f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf6c5574a4cb47b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ef5e01b3664a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra753e884d9f7494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72832eaedf5d44ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf6c5574a4cb47b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LuxusTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>166,798</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>