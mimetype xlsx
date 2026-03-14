--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b32dfbfb2bd41d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re143ac26788c4d0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf6c5574a4cb47b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R293aa3d7dfb5483b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72832eaedf5d44ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf6c5574a4cb47b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5fd905bfd04666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R293aa3d7dfb5483b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LuxusTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>