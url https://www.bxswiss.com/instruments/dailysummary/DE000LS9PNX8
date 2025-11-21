--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R820a799185d14683" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf69a0154a9ee40a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9565b098a5d84831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf261df08092e4db1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46f92bc1ab5f4a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9565b098a5d84831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c41458a85c1447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf261df08092e4db1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>vielversprechende US Titel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>