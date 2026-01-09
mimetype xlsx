--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf69a0154a9ee40a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b2d75f25f1749b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf261df08092e4db1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R385a66a92ebf4b8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c41458a85c1447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf261df08092e4db1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf49742010734040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R385a66a92ebf4b8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>vielversprechende US Titel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...436 lines deleted...]
-          <x:t>71,814</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>73,054</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>