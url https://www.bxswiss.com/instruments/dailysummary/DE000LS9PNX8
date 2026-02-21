--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b2d75f25f1749b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e8a90863254c52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R385a66a92ebf4b8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d6b915bcd124b30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf49742010734040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R385a66a92ebf4b8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra55d623c0b344855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d6b915bcd124b30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>vielversprechende US Titel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>72,809</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,121</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>71,077</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>