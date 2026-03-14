--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e8a90863254c52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8ecba73acc4439" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d6b915bcd124b30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a63fe3089674ce0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra55d623c0b344855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d6b915bcd124b30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re74249d3015041c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a63fe3089674ce0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>vielversprechende US Titel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>70,785</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,119</x:t>
-[...301 lines deleted...]
-          <x:t>70,671</x:t>
+          <x:t>70,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>