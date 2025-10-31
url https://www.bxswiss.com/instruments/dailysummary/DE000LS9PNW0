--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8731c8ddacd4d00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66426726d3fd4b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1848312adb954467"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc1c54cc49e54b90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R826481c46307441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1848312adb954467" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb94c9b42f624d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc1c54cc49e54b90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MEINE PREMIUM STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,553</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>