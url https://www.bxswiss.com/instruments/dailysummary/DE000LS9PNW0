--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66426726d3fd4b01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f0714941664fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc1c54cc49e54b90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19a1a586502b4533"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb94c9b42f624d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc1c54cc49e54b90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd89197f3a94d483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19a1a586502b4533" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MEINE PREMIUM STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,487</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>