--- v2 (2025-11-21)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f0714941664fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d8e4a81c462464e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19a1a586502b4533"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra78099274c494d3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd89197f3a94d483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19a1a586502b4533" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67466e7a378b4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra78099274c494d3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MEINE PREMIUM STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>188,777</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>