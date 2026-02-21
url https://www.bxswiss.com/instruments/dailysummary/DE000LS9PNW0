--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d8e4a81c462464e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55d5e5f887e9438e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra78099274c494d3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0265c00ef6e449ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67466e7a378b4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra78099274c494d3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf401cb1c621b45fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0265c00ef6e449ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MEINE PREMIUM STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>199,699</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>