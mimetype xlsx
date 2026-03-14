--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55d5e5f887e9438e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce7b0a80da3243dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0265c00ef6e449ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09bb7af41a104394"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf401cb1c621b45fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0265c00ef6e449ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R530a64a366124f52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09bb7af41a104394" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MEINE PREMIUM STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>