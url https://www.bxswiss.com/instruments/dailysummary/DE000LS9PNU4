--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271a298f17344c70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0ef02ba33e747bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R207cd5288fff4c8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recddf4e5a54e4f0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra19ceeed3b55443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R207cd5288fff4c8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae15302e0b1246e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recddf4e5a54e4f0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,787</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>