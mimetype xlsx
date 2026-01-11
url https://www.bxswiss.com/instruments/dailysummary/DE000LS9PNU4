--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0ef02ba33e747bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b0984bfb1874b08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recddf4e5a54e4f0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd6e99d5ec4f4846"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae15302e0b1246e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recddf4e5a54e4f0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08f6807059f64ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd6e99d5ec4f4846" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>