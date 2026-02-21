--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b0984bfb1874b08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ab47b69caec46ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd6e99d5ec4f4846"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc50f3f0568814437"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08f6807059f64ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd6e99d5ec4f4846" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R074e2c09011e427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc50f3f0568814437" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,290</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>