--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ab47b69caec46ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda1e574e7384466" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc50f3f0568814437"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc65fede5d97848a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R074e2c09011e427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc50f3f0568814437" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd99a6d0072944ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc65fede5d97848a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top-Trendaktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>