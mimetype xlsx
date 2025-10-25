--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4cf6ba24c0744ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6690e6ca408d4586" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e1272169cb04844"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f7d5af6ff04495c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6243dbeb65474cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e1272169cb04844" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94c77790a7494f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f7d5af6ff04495c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Invest S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>