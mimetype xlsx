--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6690e6ca408d4586" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa3ad638c26c4dce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f7d5af6ff04495c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13d93c8c1e35498c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94c77790a7494f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f7d5af6ff04495c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d8d71f746a84272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13d93c8c1e35498c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Invest S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>140,235</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,057</x:t>
-[...301 lines deleted...]
-          <x:t>140,628</x:t>
+          <x:t>138,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>