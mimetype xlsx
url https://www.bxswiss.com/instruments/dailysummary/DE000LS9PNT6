--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa3ad638c26c4dce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5095894d07344964" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13d93c8c1e35498c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R339d0ae748344a2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d8d71f746a84272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13d93c8c1e35498c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc612af3cb5a4ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R339d0ae748344a2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Invest S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>140,443</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,348</x:t>
-[...242 lines deleted...]
-          <x:t>144,972</x:t>
+          <x:t>137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>