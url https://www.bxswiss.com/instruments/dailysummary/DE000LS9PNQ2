--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f9f16261b594a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5315a1a61fe642bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d89165394f4434"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c18f2153a264b02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb2c0a7fe9714a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d89165394f4434" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5238e18f339947a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c18f2153a264b02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheit - Konsum - Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>111,608</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>