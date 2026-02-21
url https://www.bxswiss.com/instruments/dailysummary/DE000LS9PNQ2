--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5315a1a61fe642bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79e55d56e35e4972" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c18f2153a264b02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d0ae790d21349dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5238e18f339947a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c18f2153a264b02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a5d6a12ee0647b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d0ae790d21349dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheit - Konsum - Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>118,293</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>