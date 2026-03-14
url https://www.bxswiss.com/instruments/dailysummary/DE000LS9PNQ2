--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79e55d56e35e4972" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bbfc8b0c6fc46db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d0ae790d21349dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2298d448cc8a4c6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a5d6a12ee0647b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d0ae790d21349dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1194b5325b67470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2298d448cc8a4c6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheit - Konsum - Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>