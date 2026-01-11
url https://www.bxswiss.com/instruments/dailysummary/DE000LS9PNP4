--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R693fed702f644d99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5d9faa059374877" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfd84be22b2e4c2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra06e34b165a54985"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d720eac4c4347b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfd84be22b2e4c2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R593ecf6610d149cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra06e34b165a54985" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Incrementia - Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>153,435</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>