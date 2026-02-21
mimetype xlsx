--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5d9faa059374877" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R635fc4ada38c457d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra06e34b165a54985"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a6c02bf0c924b6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R593ecf6610d149cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra06e34b165a54985" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7202f57ef99940d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a6c02bf0c924b6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Incrementia - Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>140,190</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,903</x:t>
-[...107 lines deleted...]
-          <x:t>139,784</x:t>
+          <x:t>132,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>