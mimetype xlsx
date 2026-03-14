--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R635fc4ada38c457d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3c68a73b74a43bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a6c02bf0c924b6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a00d53084284a7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7202f57ef99940d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a6c02bf0c924b6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72a8a083617b45ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a00d53084284a7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Incrementia - Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>