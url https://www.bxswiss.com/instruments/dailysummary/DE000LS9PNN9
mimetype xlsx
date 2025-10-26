--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f898740e5a48a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f76f934a3854675" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d3c05120f7d408e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14e3e8e099b74cab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c41611a45747ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d3c05120f7d408e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reabc1ffb4fc94976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14e3e8e099b74cab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DuesseldorfKoeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>145,076</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,908</x:t>
-[...431 lines deleted...]
-          <x:t>144,194</x:t>
+          <x:t>142,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>