--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f76f934a3854675" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5d93fb4216d4d1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14e3e8e099b74cab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d857158c27b4e8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reabc1ffb4fc94976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14e3e8e099b74cab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re879c8fb53ac45bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d857158c27b4e8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DuesseldorfKoeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>136,630</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>