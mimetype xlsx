--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5d93fb4216d4d1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7afa509a9a7d4ac4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d857158c27b4e8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3df274b9384494b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re879c8fb53ac45bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d857158c27b4e8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dcecc358e784225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3df274b9384494b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DuesseldorfKoeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>