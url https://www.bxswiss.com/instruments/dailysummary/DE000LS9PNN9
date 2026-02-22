--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7afa509a9a7d4ac4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e268cb358f94867" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3df274b9384494b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa491089bcf54059"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dcecc358e784225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3df274b9384494b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbf55af8244b4333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa491089bcf54059" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DuesseldorfKoeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>142,224</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>