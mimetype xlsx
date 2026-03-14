--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e268cb358f94867" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bf043b698d5423f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa491089bcf54059"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R987ca5caabf146d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbf55af8244b4333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa491089bcf54059" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64479830f32047bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R987ca5caabf146d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DuesseldorfKoeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>140,376</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,062</x:t>
-[...38 lines deleted...]
-          <x:t>139,699</x:t>
+          <x:t>140,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,788</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>141,059</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>