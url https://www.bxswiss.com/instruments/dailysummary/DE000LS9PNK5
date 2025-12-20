--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53839fbe47264acf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d2846ca558841bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3916e5eead924ddd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3245d8b376e34f45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f0794701d214503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3916e5eead924ddd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937614e0e54243f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3245d8b376e34f45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frankfurt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>176,237</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,409</x:t>
-[...463 lines deleted...]
-          <x:t>178,426</x:t>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>