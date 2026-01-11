--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d2846ca558841bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc77bdff7e41a4e0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3245d8b376e34f45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R157fd237f05e4d07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937614e0e54243f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3245d8b376e34f45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b7fa86a6a34d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R157fd237f05e4d07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frankfurt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>