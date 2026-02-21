--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc77bdff7e41a4e0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra797712700064659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R157fd237f05e4d07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd23bb885bd945d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b7fa86a6a34d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R157fd237f05e4d07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ef70458bd84e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd23bb885bd945d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frankfurt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>192,113</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>