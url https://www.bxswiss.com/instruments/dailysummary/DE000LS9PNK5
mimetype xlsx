--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra797712700064659" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd3990fff4334341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd23bb885bd945d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33820aff167748f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ef70458bd84e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd23bb885bd945d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9c4ee1385564dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33820aff167748f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frankfurt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>