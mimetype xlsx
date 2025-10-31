--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb277a7cbb0c4755" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b62148dd2bb422c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7df51e29708f44fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d6f118d563b4663"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e0221f13ad64aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7df51e29708f44fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e15fe6f0174c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d6f118d563b4663" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>