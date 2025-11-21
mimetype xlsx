--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b62148dd2bb422c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4caa343a750c441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d6f118d563b4663"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R168cb6a26c02425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e15fe6f0174c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d6f118d563b4663" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63ddd1151af24d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R168cb6a26c02425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>