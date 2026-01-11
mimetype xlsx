--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4caa343a750c441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2426d3c733c4047" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R168cb6a26c02425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff0b7b86f46742be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63ddd1151af24d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R168cb6a26c02425d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f2b5e2ce394eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff0b7b86f46742be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>197,146</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>