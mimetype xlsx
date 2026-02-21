--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2426d3c733c4047" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3e971c6481c449a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff0b7b86f46742be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53c6aab9939a477a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f2b5e2ce394eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff0b7b86f46742be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc71e5d5f5704bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53c6aab9939a477a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>192,766</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>