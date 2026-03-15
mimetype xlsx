--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3e971c6481c449a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc306c0f4231b4c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53c6aab9939a477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea2b7179c5ce4d67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc71e5d5f5704bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53c6aab9939a477a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b67495c1e54499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea2b7179c5ce4d67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>