--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7932075964c4ecf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd23031829f49f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f3eb556e6f64a55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87541e811f544da6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc9316e91e324a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f3eb556e6f64a55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cf2c523a4d149e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87541e811f544da6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hamburg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>119,835</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,396</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>118,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>