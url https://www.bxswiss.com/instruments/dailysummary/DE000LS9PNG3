--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd23031829f49f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ef748409a32459f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87541e811f544da6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7344556ee9834754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cf2c523a4d149e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87541e811f544da6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc71e5e1180fc44c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7344556ee9834754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hamburg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>