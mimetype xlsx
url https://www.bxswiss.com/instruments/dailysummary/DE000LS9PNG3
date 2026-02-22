--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ef748409a32459f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac2e2b0108041db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7344556ee9834754"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174d2d9839d44d47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc71e5e1180fc44c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7344556ee9834754" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878d0e72f87e42b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174d2d9839d44d47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hamburg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,383</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>