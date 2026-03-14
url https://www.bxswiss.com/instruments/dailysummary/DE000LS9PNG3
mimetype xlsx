--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac2e2b0108041db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R775a95f7f91c4a69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174d2d9839d44d47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R457410ccfc414dd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878d0e72f87e42b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174d2d9839d44d47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb5c94036a824cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R457410ccfc414dd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hamburg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>128,629</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,197</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-          <x:t>16.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,614</x:t>
-[...4 lines deleted...]
-          <x:t>128,892</x:t>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,197</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>130,664</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>