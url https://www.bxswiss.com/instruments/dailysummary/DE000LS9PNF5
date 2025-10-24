--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee90e367e514abf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re795e18b94c44684" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc96a23b3ee2c430c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2fb1c65de974a80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd652d65346f3421b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc96a23b3ee2c430c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5641e842a8c3463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2fb1c65de974a80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Muenchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>