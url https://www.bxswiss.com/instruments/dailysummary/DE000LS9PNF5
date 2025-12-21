--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re795e18b94c44684" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R049ac1e2800f4e03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2fb1c65de974a80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a892b8a69b48b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5641e842a8c3463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2fb1c65de974a80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57b08303419e4288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a892b8a69b48b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Muenchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>201,026</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>