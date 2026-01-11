--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R049ac1e2800f4e03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1da47e92e1a84317" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a892b8a69b48b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redaea86a50f64ab6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57b08303419e4288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a892b8a69b48b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2fb3300d1954c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redaea86a50f64ab6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Muenchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>