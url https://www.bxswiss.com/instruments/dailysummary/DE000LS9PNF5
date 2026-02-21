--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1da47e92e1a84317" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7353384bbd82423a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redaea86a50f64ab6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3e4851eb29b4bcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2fb3300d1954c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redaea86a50f64ab6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb9de2a3e48643db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3e4851eb29b4bcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Muenchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>222,337</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>