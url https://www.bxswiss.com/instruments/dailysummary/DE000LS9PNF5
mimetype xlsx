--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7353384bbd82423a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9886c81138884fe7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3e4851eb29b4bcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb90ef3d3d2854285"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb9de2a3e48643db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3e4851eb29b4bcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe818970f13f422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb90ef3d3d2854285" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Muenchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PNF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>