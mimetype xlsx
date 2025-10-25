--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4631058c2114cec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a244e6d31d24a5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb573543af84ee8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0433e8e4035409a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc654afea13154632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb573543af84ee8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd17da02de94bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0433e8e4035409a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Climatefuture</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>