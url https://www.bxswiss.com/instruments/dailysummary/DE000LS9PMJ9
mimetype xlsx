--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a244e6d31d24a5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f38651ce8bf40e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0433e8e4035409a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2517628a04be4fa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd17da02de94bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0433e8e4035409a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d452d71934417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2517628a04be4fa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Climatefuture</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>