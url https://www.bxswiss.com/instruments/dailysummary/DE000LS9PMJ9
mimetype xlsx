--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f38651ce8bf40e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45113f7e13864f41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2517628a04be4fa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa4c63349404488c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d452d71934417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2517628a04be4fa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf31817918a2649b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa4c63349404488c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Climatefuture</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...608 lines deleted...]
-          <x:t>63,537</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,646</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...19 lines deleted...]
-          <x:t>63,349</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>