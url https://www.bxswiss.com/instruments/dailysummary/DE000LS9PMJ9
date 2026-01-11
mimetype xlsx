--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45113f7e13864f41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8285a6350044915" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa4c63349404488c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b1d12f3404e4591"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf31817918a2649b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa4c63349404488c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01af9b89cd914680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b1d12f3404e4591" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Climatefuture</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>62,412</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,290</x:t>
-[...269 lines deleted...]
-          <x:t>64,202</x:t>
+          <x:t>62,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>63,776</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>