--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8285a6350044915" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c2968f67d444cf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b1d12f3404e4591"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb0db4662f64f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01af9b89cd914680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b1d12f3404e4591" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc771272083304fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb0db4662f64f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Climatefuture</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>66,190</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,686</x:t>
-[...31 lines deleted...]
-          <x:t>66,638</x:t>
+          <x:t>65,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>