--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c2968f67d444cf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a05e90af82f4886" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb0db4662f64f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bc3f9e1f6fa4dbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc771272083304fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb0db4662f64f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R645a8247baba4797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bc3f9e1f6fa4dbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Climatefuture</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>66,845</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,208</x:t>
-[...134 lines deleted...]
-          <x:t>66,393</x:t>
+          <x:t>66,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
-[...181 lines deleted...]
-          <x:t>67,565</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>