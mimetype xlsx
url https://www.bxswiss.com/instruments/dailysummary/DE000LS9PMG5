--- v0 (2025-10-26)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0c16393f61142ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R691f54319dd94495" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad99e58453c846e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R779dbb0d130f4d71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19d17fca03b346dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad99e58453c846e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd10319170e77467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R779dbb0d130f4d71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Most Admired</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>174,891</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,977</x:t>
-[...183 lines deleted...]
-          <x:t>173,932</x:t>
+          <x:t>177,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,491</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>176,729</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>