--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R691f54319dd94495" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R196de51703964e0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R779dbb0d130f4d71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f2c711f76f44a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd10319170e77467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R779dbb0d130f4d71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a9e0b690e774c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f2c711f76f44a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Most Admired</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,351</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>