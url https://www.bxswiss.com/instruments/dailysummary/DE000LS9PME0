--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd04f07e45b654a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75663822eff540ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22cda135ad434e2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re549e27638684abb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30f6dd58c74b42e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22cda135ad434e2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf69263485c1c4690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re549e27638684abb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mean Reversion Value Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PME0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,447</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>