--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75663822eff540ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd68be4f53d42c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re549e27638684abb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21de758fa17e4133"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf69263485c1c4690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re549e27638684abb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2226d7a1e4f4459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21de758fa17e4133" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mean Reversion Value Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PME0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>174,449</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,014</x:t>
-[...485 lines deleted...]
-          <x:t>173,787</x:t>
+          <x:t>174,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>