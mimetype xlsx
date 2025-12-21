--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd68be4f53d42c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca31a7989a2f4afe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21de758fa17e4133"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31fbb33192e3490a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2226d7a1e4f4459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21de758fa17e4133" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2404a3320f3f4e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31fbb33192e3490a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mean Reversion Value Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PME0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...485 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,048</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>163,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>