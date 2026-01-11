--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca31a7989a2f4afe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f7c87b9a5814b99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31fbb33192e3490a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41820c3c2ba14044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2404a3320f3f4e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31fbb33192e3490a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ada5d6666254f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41820c3c2ba14044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mean Reversion Value Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PME0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>175,143</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,003</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>174,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,350</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>