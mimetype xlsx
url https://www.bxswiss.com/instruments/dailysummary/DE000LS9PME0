--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f7c87b9a5814b99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8ca2871734545d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41820c3c2ba14044"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e624d4f674048d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ada5d6666254f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41820c3c2ba14044" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R297fb7fbe5934b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e624d4f674048d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mean Reversion Value Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PME0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>185,308</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>