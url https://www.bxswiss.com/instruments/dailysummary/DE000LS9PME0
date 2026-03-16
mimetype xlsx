--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8ca2871734545d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R256ddef78c714c2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e624d4f674048d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30ba9f248a924e54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R297fb7fbe5934b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e624d4f674048d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbb17714ccbc44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30ba9f248a924e54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mean Reversion Value Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PME0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>