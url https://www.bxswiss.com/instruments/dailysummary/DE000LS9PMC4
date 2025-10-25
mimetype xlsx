--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8401021732274188" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab8b936a792543c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16e1d295e9c64e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfab417fcadf44b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R444b91a5a20f4e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16e1d295e9c64e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba7c09e973ca41eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfab417fcadf44b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,578</x:t>
-[...495 lines deleted...]
-          <x:t>2,861</x:t>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>