--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab8b936a792543c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fa2e6694c984148" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfab417fcadf44b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cfe9da4040c44dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba7c09e973ca41eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfab417fcadf44b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75ca5bc3b5cd43c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cfe9da4040c44dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,177</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>