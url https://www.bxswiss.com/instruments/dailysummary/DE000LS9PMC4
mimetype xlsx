--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fa2e6694c984148" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb06b7e47f37740fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cfe9da4040c44dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0404a54d02d4e4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75ca5bc3b5cd43c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cfe9da4040c44dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0581ed8f70a436f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0404a54d02d4e4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>