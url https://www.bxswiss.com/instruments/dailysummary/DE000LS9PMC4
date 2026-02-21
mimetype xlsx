--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb06b7e47f37740fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194e429b3ace437f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0404a54d02d4e4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b98df4166ab407c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0581ed8f70a436f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0404a54d02d4e4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R672abbb07da14f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b98df4166ab407c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>1,521</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,532</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>1,676</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,560</x:t>
-[...107 lines deleted...]
-          <x:t>1,522</x:t>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>