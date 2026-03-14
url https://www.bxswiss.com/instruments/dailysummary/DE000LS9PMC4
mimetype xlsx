--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194e429b3ace437f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a3276abab64ab8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b98df4166ab407c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45ef605a830d474e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R672abbb07da14f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b98df4166ab407c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca2cfec727f486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45ef605a830d474e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>1,372</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>1,402</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,364</x:t>
-[...65 lines deleted...]
-          <x:t>1,223</x:t>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,153</x:t>
-[...16 lines deleted...]
-          <x:t>1,166</x:t>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
-[...43 lines deleted...]
-          <x:t>1,191</x:t>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,167</x:t>
-[...85 lines deleted...]
-          <x:t>1,247</x:t>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>