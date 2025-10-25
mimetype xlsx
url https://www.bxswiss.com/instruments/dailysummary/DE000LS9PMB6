--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c9d6bd97093478b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebd97ac49ed94b84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64341c9b352b47b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33001a1c16fa48a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cc40ad6d3014d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64341c9b352b47b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ae0bc1a60fa4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33001a1c16fa48a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Heldenrat-Volatility-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>