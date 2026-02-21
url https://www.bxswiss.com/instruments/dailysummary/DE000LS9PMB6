--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebd97ac49ed94b84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b219a5462084045" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33001a1c16fa48a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe220469017942c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ae0bc1a60fa4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33001a1c16fa48a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b0a82766f274b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe220469017942c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Heldenrat-Volatility-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,939</x:t>
-[...306 lines deleted...]
-          <x:t>15,305</x:t>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>