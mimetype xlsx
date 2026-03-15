--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b219a5462084045" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re484264f1ed04a03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe220469017942c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70e75543bbe84cfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b0a82766f274b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe220469017942c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0c2c8ee824f4d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70e75543bbe84cfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Heldenrat-Volatility-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PMB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>