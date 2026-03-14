--- v0 (2026-01-12)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43a5984bd3354dff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77616b5cea504ae5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106583835ac94349"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6364e02cfb7f4a0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b53470bc6cb4c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106583835ac94349" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R568b42fd1a3445aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6364e02cfb7f4a0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>232,572</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>