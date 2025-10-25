--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe068f0268d4698" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4cc8fc60abc402f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa95863035f34412"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7adc0af46cf84939"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050262ac35484f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa95863035f34412" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdff5b8720efb4de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7adc0af46cf84939" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global TE ValueInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>