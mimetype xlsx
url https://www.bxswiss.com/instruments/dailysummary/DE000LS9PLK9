--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4cc8fc60abc402f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaa460fc2814430d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7adc0af46cf84939"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf32d9de0b4f9481d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdff5b8720efb4de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7adc0af46cf84939" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011d758174624068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf32d9de0b4f9481d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global TE ValueInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>20,084</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>