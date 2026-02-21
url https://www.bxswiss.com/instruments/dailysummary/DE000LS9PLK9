--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaa460fc2814430d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01bf3b5bc2b741bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf32d9de0b4f9481d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ea5263725004c62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011d758174624068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf32d9de0b4f9481d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c246b5fada84b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ea5263725004c62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global TE ValueInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>22,847</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>