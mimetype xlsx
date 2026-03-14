--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01bf3b5bc2b741bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbece2730d9a84353" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ea5263725004c62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce53f13c4dd948c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c246b5fada84b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ea5263725004c62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R832a162f1ea54f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce53f13c4dd948c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global TE ValueInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>22,105</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,073</x:t>
-[...210 lines deleted...]
-          <x:t>21,503</x:t>
+          <x:t>21,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,673</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>21,948</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>