--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf390cc3420a543b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98789670471947b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f8adf44f5043ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ef4ad5bb0d417f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R336eea677abe4c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f8adf44f5043ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56caa677afaa4877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ef4ad5bb0d417f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Wachstumswerte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>