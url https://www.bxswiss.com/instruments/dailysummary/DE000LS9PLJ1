--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98789670471947b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3f7a08d614247a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ef4ad5bb0d417f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R062f76f83145433a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56caa677afaa4877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ef4ad5bb0d417f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9b1ad95a3034f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R062f76f83145433a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Wachstumswerte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>291,428</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>