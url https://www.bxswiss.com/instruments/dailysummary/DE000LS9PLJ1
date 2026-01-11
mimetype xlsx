--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3f7a08d614247a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba51a6e5d8984aa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R062f76f83145433a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra118404807d24679"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9b1ad95a3034f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R062f76f83145433a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88fa6719e0084de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra118404807d24679" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Wachstumswerte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,403</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>