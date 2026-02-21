--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba51a6e5d8984aa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R909d68b1462c4c7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra118404807d24679"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51ab087664724f94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88fa6719e0084de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra118404807d24679" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14b411c115ce4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51ab087664724f94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Wachstumswerte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>330,490</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>