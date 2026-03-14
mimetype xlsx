--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R909d68b1462c4c7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62114c9b956474a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51ab087664724f94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdbbcada750f4334"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14b411c115ce4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51ab087664724f94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d762184654e4088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdbbcada750f4334" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Wachstumswerte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>