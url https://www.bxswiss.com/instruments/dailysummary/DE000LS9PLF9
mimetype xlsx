--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c991dda9d654e0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d316b7a32c84f12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R235d506b1e594878"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f92acbef8cf4343"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad44b6b33d1740d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R235d506b1e594878" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4245e36529ea4117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f92acbef8cf4343" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>