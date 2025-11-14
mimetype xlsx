--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d316b7a32c84f12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce571e96cd7943fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f92acbef8cf4343"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c9043568b54f3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4245e36529ea4117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f92acbef8cf4343" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07d2da9fb69f4a7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c9043568b54f3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>