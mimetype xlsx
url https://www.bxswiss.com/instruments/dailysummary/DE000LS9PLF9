--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce571e96cd7943fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23d39739e1f84e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c9043568b54f3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1321e3b15ee4d80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07d2da9fb69f4a7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c9043568b54f3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26ba06dfc56a4a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1321e3b15ee4d80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>301,226</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>