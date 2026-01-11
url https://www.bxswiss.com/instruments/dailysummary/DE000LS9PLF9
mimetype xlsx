--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23d39739e1f84e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8120053a4d404177" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1321e3b15ee4d80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a105271881f4791"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26ba06dfc56a4a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1321e3b15ee4d80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e5a3f62f48643e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a105271881f4791" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>306,666</x:t>
-[...414 lines deleted...]
-          <x:t>305,071</x:t>
+          <x:t>306,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>