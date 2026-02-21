--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8120053a4d404177" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd895373bec534c9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a105271881f4791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e5f3da6337d4dce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e5a3f62f48643e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a105271881f4791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8db97593b7445ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e5f3da6337d4dce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>323,656</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>