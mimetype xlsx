--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd895373bec534c9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7349b2cee504f82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e5f3da6337d4dce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a449783acf34c34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8db97593b7445ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e5f3da6337d4dce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50bad48169a8413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a449783acf34c34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumswerte nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>