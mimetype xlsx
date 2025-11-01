--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89fcb70e1f494c8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R993e6c9bfe03410a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c62327a47784476"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492a4968773b431d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9ad5198d39f430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c62327a47784476" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e3e914fa13c4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492a4968773b431d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>68,073</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,002</x:t>
-[...296 lines deleted...]
-          <x:t>66,696</x:t>
+          <x:t>68,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>