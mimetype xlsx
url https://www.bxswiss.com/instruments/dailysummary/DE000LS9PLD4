--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R993e6c9bfe03410a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f2b28f77f04f67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492a4968773b431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b972fb4b2447ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e3e914fa13c4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492a4968773b431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fac0ba6e48141f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b972fb4b2447ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>65,975</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>