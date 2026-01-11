--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f2b28f77f04f67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80c10bf1851c4fd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b972fb4b2447ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a78169052e44784"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fac0ba6e48141f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b972fb4b2447ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40dd4f1b3b20420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a78169052e44784" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,260</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>59,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,425</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>