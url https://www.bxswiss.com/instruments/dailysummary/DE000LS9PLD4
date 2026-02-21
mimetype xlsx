--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80c10bf1851c4fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34025eb0cfa147b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a78169052e44784"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8592b2438518463f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40dd4f1b3b20420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a78169052e44784" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61a8cb6c15634c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8592b2438518463f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>67,361</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>