--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34025eb0cfa147b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1380dfc2fc8a4bdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8592b2438518463f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0fa4ebf512d4833"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61a8cb6c15634c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8592b2438518463f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8d10489ee1141ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0fa4ebf512d4833" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>