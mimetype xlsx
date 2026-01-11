--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bd2d169862c4a8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4f0c3d19594bcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda6512b4759f45f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd114bbb2c062491d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c1b149cffe44b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda6512b4759f45f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5313281b68c14169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd114bbb2c062491d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB Favorites</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,366 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>141,559</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>