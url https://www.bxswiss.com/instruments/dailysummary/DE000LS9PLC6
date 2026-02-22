--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4f0c3d19594bcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R613befa572404d00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd114bbb2c062491d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9260c9d46fc4ef1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5313281b68c14169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd114bbb2c062491d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39010b6f3a3c4de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9260c9d46fc4ef1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB Favorites</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>139,993</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>