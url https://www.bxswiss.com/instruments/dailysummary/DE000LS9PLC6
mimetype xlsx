--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R613befa572404d00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab287470ec104735" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9260c9d46fc4ef1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67c14b45832141de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39010b6f3a3c4de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9260c9d46fc4ef1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48e33c4ec7344453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67c14b45832141de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB Favorites</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,581</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>