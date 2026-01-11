--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc50335b21f58449a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb44753a717604bfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214397541a1a45b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc12daeee33704482"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe67f96621784ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214397541a1a45b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R320f54fb06cc4152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc12daeee33704482" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>time is on my side</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>187,486</x:t>
-[...387 lines deleted...]
-          <x:t>195,175</x:t>
+          <x:t>187,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>