--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb44753a717604bfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea26d65329a46e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc12daeee33704482"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bc61d222dfc4465"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R320f54fb06cc4152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc12daeee33704482" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5750cb20ba254a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bc61d222dfc4465" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>time is on my side</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>196,414</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>