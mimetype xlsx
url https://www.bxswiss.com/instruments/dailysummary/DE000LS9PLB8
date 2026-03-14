--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea26d65329a46e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3994bbb6321349d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bc61d222dfc4465"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6e9a33a7fc44b64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5750cb20ba254a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bc61d222dfc4465" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1febebd411954d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6e9a33a7fc44b64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>time is on my side</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>