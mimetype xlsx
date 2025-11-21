--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd840894fe174e7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93cc2dfe4eda44d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb67577e149864e37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c53526a5cf4242"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R805c4ae1b6d5491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb67577e149864e37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f6e1c416c4d46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c53526a5cf4242" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Tech Invest S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>193,795</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>