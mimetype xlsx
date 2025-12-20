--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93cc2dfe4eda44d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cf1998eef3a44c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c53526a5cf4242"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c3d748a97594fc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f6e1c416c4d46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c53526a5cf4242" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcf934a695446a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c3d748a97594fc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Tech Invest S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>