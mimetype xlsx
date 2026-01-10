--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cf1998eef3a44c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R405dfee32df640b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c3d748a97594fc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c687a5bf9a2402b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcf934a695446a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c3d748a97594fc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R176c9ef8e0104527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c687a5bf9a2402b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Tech Invest S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,491 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,443</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>185,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>