--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R405dfee32df640b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad25005df5664db0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c687a5bf9a2402b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b6a196060d42f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R176c9ef8e0104527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c687a5bf9a2402b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd232a981067e4548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b6a196060d42f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Tech Invest S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PLA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,491 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...458 lines deleted...]
-          <x:t>208,984</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>