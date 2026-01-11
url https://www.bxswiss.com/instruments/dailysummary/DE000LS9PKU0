--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0349a673a0b340cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01ba5df526bd48c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a32925987d4f0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d7a7bd93c5f4e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a4c0e8ee2e43a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a32925987d4f0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5963f9412ba64316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d7a7bd93c5f4e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch handeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>339,705</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>