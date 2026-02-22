--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01ba5df526bd48c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61e86fdcf80d402a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d7a7bd93c5f4e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd21928227104541"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5963f9412ba64316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d7a7bd93c5f4e69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31268040563e49e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd21928227104541" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch handeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>340,333</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>