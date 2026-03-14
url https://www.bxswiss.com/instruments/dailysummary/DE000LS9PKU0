--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61e86fdcf80d402a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63157ca5f1714d2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd21928227104541"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad185230618f470d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31268040563e49e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd21928227104541" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31b886fbfefb4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad185230618f470d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch handeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,748</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>