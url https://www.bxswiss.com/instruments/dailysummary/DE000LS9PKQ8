--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa3b48ca4b03477d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R367aa3b4e5e24593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R124c21277afa4920"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ae583d239df4113"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd5a37f1872c4ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R124c21277afa4920" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde8e748c70024b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ae583d239df4113" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zauberformel USA u. Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>