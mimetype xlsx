--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R367aa3b4e5e24593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b58d5d9cbea4a7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ae583d239df4113"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f87298a182349d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde8e748c70024b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ae583d239df4113" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R957b6d9fc9a444ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f87298a182349d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zauberformel USA u. Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>149,687</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,936</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>150,519</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>