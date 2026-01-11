--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b58d5d9cbea4a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8511f3fffbea4014" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f87298a182349d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52e2d99af74d4290"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R957b6d9fc9a444ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f87298a182349d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6a8aa052cc543ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52e2d99af74d4290" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zauberformel USA u. Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...554 lines deleted...]
-          <x:t>149,096</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.11.2025</x:t>
-[...73 lines deleted...]
-          <x:t>148,119</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>