--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8511f3fffbea4014" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3c70e7bc103451e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52e2d99af74d4290"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R518842bab2a24041"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6a8aa052cc543ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52e2d99af74d4290" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3b82f59f94b4d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R518842bab2a24041" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zauberformel USA u. Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,334</x:t>
-[...306 lines deleted...]
-          <x:t>154,801</x:t>
+          <x:t>151,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>