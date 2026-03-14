--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3c70e7bc103451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1163d77e714f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R518842bab2a24041"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R009fbcf9a6d646a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3b82f59f94b4d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R518842bab2a24041" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16d90d495abf48c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R009fbcf9a6d646a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zauberformel USA u. Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>150,653</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,826</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>