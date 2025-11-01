--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cc5488128674d86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e8b5c44cc4437c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd94ff01d1ce144c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R438175d756b64c86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4415aa147f4249f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd94ff01d1ce144c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refb94058f4d84172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R438175d756b64c86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe focused recovery bets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,994</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>