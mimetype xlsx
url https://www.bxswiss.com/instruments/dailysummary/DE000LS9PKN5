--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e8b5c44cc4437c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f10710468d5420d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R438175d756b64c86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae65d6af47f549e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refb94058f4d84172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R438175d756b64c86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R782df12ec5084282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae65d6af47f549e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe focused recovery bets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>101,321</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>