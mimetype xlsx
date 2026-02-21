--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f10710468d5420d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb681533eb754072" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae65d6af47f549e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4125c55b1ae24ec1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R782df12ec5084282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae65d6af47f549e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3971a6de6fe84898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4125c55b1ae24ec1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe focused recovery bets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>113,169</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>