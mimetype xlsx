--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf307cb18a5504aec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01c7ce2ab35a4bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R841975da9427499c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb8cdff125104549"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R075d8e123f6f4b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R841975da9427499c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f0950df21e24267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb8cdff125104549" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence GlobalXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,882</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>