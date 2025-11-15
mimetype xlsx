--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01c7ce2ab35a4bc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R889b567b8b91436e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb8cdff125104549"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dd4c0fbb4ea44ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f0950df21e24267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb8cdff125104549" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4edaf6b1424b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dd4c0fbb4ea44ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence GlobalXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>232,464</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>231,895</x:t>
-[...409 lines deleted...]
-          <x:t>232,209</x:t>
+          <x:t>230,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>