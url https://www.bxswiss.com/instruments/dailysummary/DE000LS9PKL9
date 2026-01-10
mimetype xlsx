--- v2 (2025-11-15)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R889b567b8b91436e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a7e02fba1e94573" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dd4c0fbb4ea44ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R291c8ac0ee7a49d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4edaf6b1424b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dd4c0fbb4ea44ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R115cc3d2f86f4b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R291c8ac0ee7a49d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence GlobalXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...122 lines deleted...]
-          <x:t>225,379</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,653</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>226,565</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>