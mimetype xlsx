--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a7e02fba1e94573" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8faa1e22d7c84add" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R291c8ac0ee7a49d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00b72ad6d7f84e83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R115cc3d2f86f4b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R291c8ac0ee7a49d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a9a6c936d27400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00b72ad6d7f84e83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence GlobalXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>229,384</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>