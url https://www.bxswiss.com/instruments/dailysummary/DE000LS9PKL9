--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8faa1e22d7c84add" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb11f72aca96c4219" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00b72ad6d7f84e83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf6105e1d753470c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a9a6c936d27400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00b72ad6d7f84e83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d25ce9f4482493e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf6105e1d753470c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence GlobalXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>