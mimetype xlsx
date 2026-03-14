--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb11f72aca96c4219" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bdf120b5fac4993" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf6105e1d753470c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3894e9a3fa04688"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d25ce9f4482493e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf6105e1d753470c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c788a1b3e974c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3894e9a3fa04688" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Artificial Intelligence GlobalXL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>