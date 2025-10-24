--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ad52ba6c1c4fc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61682d44c0c74a29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce1d068d98934820"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5cc945d4f704a4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c3d40264c354d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce1d068d98934820" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87c29fdd507b4f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5cc945d4f704a4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Cap Pre-Growth Picks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>