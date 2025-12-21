--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61682d44c0c74a29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ec6131e081b4e41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5cc945d4f704a4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d511fffb8c24e1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87c29fdd507b4f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5cc945d4f704a4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d6b6654e9734bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d511fffb8c24e1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Cap Pre-Growth Picks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>116,463</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>