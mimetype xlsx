--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ec6131e081b4e41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea8abbc7620a41c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d511fffb8c24e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc6590920d8469e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d6b6654e9734bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d511fffb8c24e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36f72ec3da634837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc6590920d8469e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Cap Pre-Growth Picks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>116,302</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,227</x:t>
-[...301 lines deleted...]
-          <x:t>115,251</x:t>
+          <x:t>116,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>