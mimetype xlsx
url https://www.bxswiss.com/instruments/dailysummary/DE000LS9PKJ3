--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea8abbc7620a41c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae9709f00e394e83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc6590920d8469e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ec145faaaca4674"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36f72ec3da634837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc6590920d8469e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a12e5934bb4275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ec145faaaca4674" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Cap Pre-Growth Picks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>121,444</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>