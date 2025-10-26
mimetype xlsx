--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd44b4095ac0942f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef447ebad364b36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd13df246cfbf468e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd704a6d76f3748fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe81cdba971c46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd13df246cfbf468e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63e3306e017b4650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd704a6d76f3748fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Cap Biotech Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>