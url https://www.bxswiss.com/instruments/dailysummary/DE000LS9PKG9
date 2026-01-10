--- v1 (2025-10-26)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef447ebad364b36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2cd03b67a194125" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd704a6d76f3748fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c29b88b88447d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63e3306e017b4650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd704a6d76f3748fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c29f80224374a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c29b88b88447d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Cap Biotech Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>79,968</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>