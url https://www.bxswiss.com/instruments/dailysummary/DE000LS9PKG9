--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2cd03b67a194125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1271f2751fd941d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c29b88b88447d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b635818cce44852"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c29f80224374a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c29b88b88447d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cd14c7afe794359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b635818cce44852" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Cap Biotech Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>85,092</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>