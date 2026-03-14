--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1271f2751fd941d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e93fa6cf6904cde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b635818cce44852"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d76a528f9c64503"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cd14c7afe794359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b635818cce44852" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f0c1d9676a448af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d76a528f9c64503" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Cap Biotech Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PKG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>82,493</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,422</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>85,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,004</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>