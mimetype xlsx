--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704b3a4f09824fb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaa4c036c2bc4db8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d47e15b9525475e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red2c2d88dafc4ffc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bd20df631fc44e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d47e15b9525475e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R206bef6b6976451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red2c2d88dafc4ffc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Fintech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>