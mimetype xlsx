--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaa4c036c2bc4db8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbda6fc3fe1904ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red2c2d88dafc4ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff1b67911cbd45c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R206bef6b6976451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red2c2d88dafc4ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c525293560c4ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff1b67911cbd45c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Fintech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>82,516</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>