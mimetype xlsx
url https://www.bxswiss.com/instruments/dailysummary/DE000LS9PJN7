--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbda6fc3fe1904ded" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90c6047e13be449b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff1b67911cbd45c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bc00cf6804c45e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c525293560c4ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff1b67911cbd45c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra88d768ee035492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bc00cf6804c45e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Fintech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>42,969</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,707</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...381 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,979</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>