--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R423a84ddc5d84b7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf46f082c2a2c474a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R240350326d5c4550"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dfc12f7bd0a445f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra59accd896e842ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R240350326d5c4550" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R589f8448712643dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dfc12f7bd0a445f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geldflussinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>