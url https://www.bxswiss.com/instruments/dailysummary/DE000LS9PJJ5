--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf46f082c2a2c474a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa479e1b322b46fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dfc12f7bd0a445f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe33a78668e49b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R589f8448712643dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dfc12f7bd0a445f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R279c6fc3f54e4a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe33a78668e49b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geldflussinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...391 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,430</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>