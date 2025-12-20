--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa479e1b322b46fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0795982c5bbd48ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe33a78668e49b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4385c19948cb4d14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R279c6fc3f54e4a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe33a78668e49b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5045856b04248c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4385c19948cb4d14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geldflussinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,182</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>