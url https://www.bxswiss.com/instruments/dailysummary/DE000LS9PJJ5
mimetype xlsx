--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0795982c5bbd48ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4764ab66af4466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4385c19948cb4d14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f0f3eaf31d04032"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5045856b04248c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4385c19948cb4d14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2385405e94b4a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f0f3eaf31d04032" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geldflussinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...431 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,987</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,862</x:t>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>