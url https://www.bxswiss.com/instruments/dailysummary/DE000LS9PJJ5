--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4764ab66af4466f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90d440cb50774977" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f0f3eaf31d04032"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a1c71afa3a94f7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2385405e94b4a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f0f3eaf31d04032" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf73932eb520d4b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a1c71afa3a94f7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geldflussinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>141,814</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>