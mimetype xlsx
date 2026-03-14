--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90d440cb50774977" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf1b24967a374482" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a1c71afa3a94f7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bf69672cb6242a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf73932eb520d4b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a1c71afa3a94f7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re958b3b73665473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bf69672cb6242a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geldflussinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>